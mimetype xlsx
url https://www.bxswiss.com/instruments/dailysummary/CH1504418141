--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac8c186c8a44e7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b3ff93a7c844a3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb91a43a651f4e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1bae28d1deb4758"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63fbf3b1828841b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb91a43a651f4e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd44248a807444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1bae28d1deb4758" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418141</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,443</x:t>
-[...26 lines deleted...]
-          <x:t>3,417</x:t>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,353</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>3,459</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,469</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,415</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>3,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>