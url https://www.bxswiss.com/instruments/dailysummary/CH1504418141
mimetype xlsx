--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b3ff93a7c844a3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ef5692ed414eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1bae28d1deb4758"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R074a87b5a59947c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd44248a807444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1bae28d1deb4758" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe55d4c1c3104906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R074a87b5a59947c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418141</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>3,517</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,407</x:t>
-[...232 lines deleted...]
-          <x:t>3,139</x:t>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,131</x:t>
-[...355 lines deleted...]
-          <x:t>3,415</x:t>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>