--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fab194a381c492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c5804b486d435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c6cc9f0d14d463a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee6fc8ef3894a21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d6f53508e14a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c6cc9f0d14d463a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400c1cfa31ba4362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee6fc8ef3894a21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>2,011</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,021</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>1,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>