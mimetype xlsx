--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c5804b486d435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb9ce2e0cf79475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee6fc8ef3894a21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6703666a4a341bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400c1cfa31ba4362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee6fc8ef3894a21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5385d8ab78f4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6703666a4a341bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,071</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,003</x:t>
-[...21 lines deleted...]
-          <x:t>1,927</x:t>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,901</x:t>
-[...544 lines deleted...]
-          <x:t>2,021</x:t>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>