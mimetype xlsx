--- v0 (2026-02-22)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ad4d72702874c36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53746e7f369445bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb490220cea06491e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a5bd5e27d194144"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea9135123424a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb490220cea06491e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99d5c59e9f0b49c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a5bd5e27d194144" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,843</x:t>
-[...21 lines deleted...]
-          <x:t>1,771</x:t>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,747</x:t>
-[...70 lines deleted...]
-          <x:t>1,639</x:t>
+          <x:t>1,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,637</x:t>
-[...463 lines deleted...]
-          <x:t>1,859</x:t>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>