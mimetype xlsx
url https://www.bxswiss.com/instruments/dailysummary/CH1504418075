--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae2c16e877434630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac0a22773044fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c1060d2c1af4809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836c3313b29349cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6f0977d6a044e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c1060d2c1af4809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a935f8f33294484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836c3313b29349cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,751</x:t>
-[...33 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,747</x:t>
-[...31 lines deleted...]
-          <x:t>1,701</x:t>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,709</x:t>
-        </x:is>
-[...133 lines deleted...]
-          <x:t>1,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>