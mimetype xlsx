--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac0a22773044fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe7c05fb9144f4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836c3313b29349cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc17c55cae049d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a935f8f33294484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836c3313b29349cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94fa417922cf4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc17c55cae049d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,951</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>1,627</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,607</x:t>
-[...544 lines deleted...]
-          <x:t>1,709</x:t>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>