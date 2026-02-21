--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9185b0a5644967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1f8a390737441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4854a3366284458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb66a6ceed9348f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ba1835f74f64d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4854a3366284458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54c8eb049ea479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb66a6ceed9348f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>1,383</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,331</x:t>
-[...16 lines deleted...]
-          <x:t>1,339</x:t>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,361</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>1,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,221</x:t>
-[...4 lines deleted...]
-          <x:t>1,233</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>