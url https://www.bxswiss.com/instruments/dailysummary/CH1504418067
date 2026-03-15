--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1f8a390737441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e7e81df031247ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb66a6ceed9348f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ddc90a5d74432b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54c8eb049ea479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb66a6ceed9348f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c99748770324e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ddc90a5d74432b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,527</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,331</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>1,207</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,261</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,147</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...490 lines deleted...]
-          <x:t>1,267</x:t>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>