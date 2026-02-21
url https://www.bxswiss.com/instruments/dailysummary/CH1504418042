--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2ec13364f54716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f2e87c6c7c4672" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14692817ad5d4e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7345a20f16654b7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26231f29e0d64f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14692817ad5d4e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dd965d90d3a4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7345a20f16654b7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,659</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,631</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,571</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>1,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>