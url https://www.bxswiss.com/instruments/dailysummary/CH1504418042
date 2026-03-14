--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f2e87c6c7c4672" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3741fd1d23e84d01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7345a20f16654b7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R947909823ab847dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dd965d90d3a4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7345a20f16654b7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0965eac8fc9d4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R947909823ab847dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>1,519</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,427</x:t>
-[...53 lines deleted...]
-          <x:t>1,387</x:t>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,467</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>1,571</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>