--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8128800e5178407d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7201da794984e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R511c3f8f4afb452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62efb50a03c247dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44e8729b07944d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R511c3f8f4afb452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828f0f7ac9ab459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62efb50a03c247dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>1,209</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,213</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,219</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...48 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,135</x:t>
-[...58 lines deleted...]
-          <x:t>1,119</x:t>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>