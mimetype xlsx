--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18adb0723f134616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfc258aff164db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a78c0b66d614919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8c404c509fb42ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc48f4ebbe3ee4b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a78c0b66d614919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40637bfeb9784886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8c404c509fb42ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>2,715</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,485</x:t>
-[...26 lines deleted...]
-          <x:t>2,657</x:t>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,695</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>2,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>