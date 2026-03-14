--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfc258aff164db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bc81549155b4e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8c404c509fb42ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R567db8792d304141"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40637bfeb9784886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8c404c509fb42ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41b2e6f465a484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R567db8792d304141" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,637</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,559</x:t>
-[...178 lines deleted...]
-          <x:t>2,719</x:t>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,519</x:t>
-[...107 lines deleted...]
-          <x:t>2,659</x:t>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>2,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,583</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>2,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>