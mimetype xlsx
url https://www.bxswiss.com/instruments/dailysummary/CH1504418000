--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R269f895ab2914d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8176d4da0ec3426f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfcf0c353d604b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b83cbe7803484e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1430ba225a49e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfcf0c353d604b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7fbc3f822cd4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b83cbe7803484e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,153</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,103</x:t>
-[...6 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,127</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>