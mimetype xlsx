--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8176d4da0ec3426f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f71c5b741e44c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b83cbe7803484e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13378940104d4a5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7fbc3f822cd4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b83cbe7803484e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafd02cea178841b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13378940104d4a5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>1,021</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>1,043</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>