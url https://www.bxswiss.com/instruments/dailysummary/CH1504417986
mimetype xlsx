--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raae76332a5fe4135" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R024aba8f3c7e45fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00bf2c5a05d04b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb448ef21e9964c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb57733f9d72448f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00bf2c5a05d04b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref76cffb8e014873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb448ef21e9964c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417986</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...53 lines deleted...]
-          <x:t>1,363</x:t>
+          <x:t>1,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>1,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>