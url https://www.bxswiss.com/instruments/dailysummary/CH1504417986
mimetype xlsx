--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R024aba8f3c7e45fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a2d99b12e64927" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb448ef21e9964c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad46a4ecc2f45f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref76cffb8e014873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb448ef21e9964c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R580bb6d696b042d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad46a4ecc2f45f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417986</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,523</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>1,193</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,387</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,193</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,279</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,247</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,203</x:t>
-[...247 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>