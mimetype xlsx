--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee151b811e34bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69753630622e4925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47037eb67cb34a94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd8588be71b04b53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66644edc710442ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47037eb67cb34a94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f4b0ab790d94594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd8588be71b04b53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,049</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,003</x:t>
-[...6 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...43 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>0,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>0,923</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>