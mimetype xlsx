--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69753630622e4925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39921f0cf0b4ffc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd8588be71b04b53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689e45b3078148fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f4b0ab790d94594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd8588be71b04b53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb3fd009005845e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689e45b3078148fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,941</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,897</x:t>
-[...6 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,949</x:t>
-[...134 lines deleted...]
-          <x:t>1,037</x:t>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...377 lines deleted...]
-          <x:t>0,947</x:t>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>