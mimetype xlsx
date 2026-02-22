--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc649d0cb774362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re78fce695e6e4728" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R512e2646a7254129"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb52b1a793d064830"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d239d9cba8a4b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R512e2646a7254129" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad188338e5341f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb52b1a793d064830" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,415</x:t>
-[...134 lines deleted...]
-          <x:t>2,371</x:t>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,353</x:t>
-[...53 lines deleted...]
-          <x:t>2,325</x:t>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>