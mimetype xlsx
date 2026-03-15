--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re78fce695e6e4728" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c318a89c8374ed6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb52b1a793d064830"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0506570b712747ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad188338e5341f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb52b1a793d064830" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d47cc193d240e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0506570b712747ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,331</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,259</x:t>
-[...205 lines deleted...]
-          <x:t>2,187</x:t>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,181</x:t>
-[...355 lines deleted...]
-          <x:t>2,383</x:t>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>