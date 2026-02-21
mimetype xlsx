--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f68e07f6e704aac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa48c35cbc14ce1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R373e04f9a5a74047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e23ab5c45354eb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14790a7d6de043a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R373e04f9a5a74047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d5b94a86ad4e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e23ab5c45354eb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,911</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,859</x:t>
-        </x:is>
-[...84 lines deleted...]
-          <x:t>0,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>