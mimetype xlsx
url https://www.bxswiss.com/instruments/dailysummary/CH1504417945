--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa48c35cbc14ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra74c6aa70f0b48a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e23ab5c45354eb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed938b62e6e413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d5b94a86ad4e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e23ab5c45354eb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90f3856f0c147e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed938b62e6e413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,049</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,953</x:t>
-[...232 lines deleted...]
-          <x:t>0,943</x:t>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,787</x:t>
-[...377 lines deleted...]
-          <x:t>0,859</x:t>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>