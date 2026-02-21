--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc02706512ad4f0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R610e061ff7064c24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9a8dd238c2c4e42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ecf02df7eb54b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68fe12771bba4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9a8dd238c2c4e42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d74fb8a0d04ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ecf02df7eb54b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,867</x:t>
-[...4 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,819</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,809</x:t>
-[...75 lines deleted...]
-          <x:t>0,827</x:t>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,781</x:t>
-        </x:is>
-[...84 lines deleted...]
-          <x:t>0,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>