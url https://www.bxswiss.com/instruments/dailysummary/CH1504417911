--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R610e061ff7064c24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd95c69f651164a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ecf02df7eb54b5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra492c430bf924707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d74fb8a0d04ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ecf02df7eb54b5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542620388e4a4789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra492c430bf924707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,867</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,953</x:t>
-[...4 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,733</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,741</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...327 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...198 lines deleted...]
-          <x:t>0,781</x:t>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>