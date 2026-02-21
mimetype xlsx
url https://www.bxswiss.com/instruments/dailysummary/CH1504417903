--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf73bb64f76f14ddf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33e9e34a00574e9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R845d70ca0f67424d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa43431bed84392"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b4741036b84282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R845d70ca0f67424d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3faf8f08413c4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa43431bed84392" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,173</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>2,069</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,101</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>2,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>