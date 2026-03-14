--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33e9e34a00574e9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e3735ec82f43cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa43431bed84392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red77cc3c8c714606"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3faf8f08413c4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa43431bed84392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a8abc03e5a4ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red77cc3c8c714606" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>1,997</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
-[...11 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,033</x:t>
-[...522 lines deleted...]
-          <x:t>2,101</x:t>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>