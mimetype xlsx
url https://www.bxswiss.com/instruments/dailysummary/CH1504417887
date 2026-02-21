--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef2bd164c294478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R226c32316f9b4aa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ddb267e7bca4cec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda0a277dc70e482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f73d2bea7a4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ddb267e7bca4cec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63544a3338e43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda0a277dc70e482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417887</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,789</x:t>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...33 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...4 lines deleted...]
-          <x:t>0,737</x:t>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...63 lines deleted...]
-          <x:t>0,691</x:t>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>