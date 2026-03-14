--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R226c32316f9b4aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd42c430e76944ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda0a277dc70e482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0bf2f96203476f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63544a3338e43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda0a277dc70e482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa7edc58a35a407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0bf2f96203476f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417887</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,673</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...113 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>11.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...198 lines deleted...]
-          <x:t>0,709</x:t>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>