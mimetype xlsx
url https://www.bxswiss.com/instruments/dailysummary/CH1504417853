--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32d8a1592454737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776a77236a6d406e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5374daadae2f4980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra86db3819106423b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b585c3d6b54321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5374daadae2f4980" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c298f61d26442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra86db3819106423b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417853</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,913</x:t>
-[...225 lines deleted...]
-          <x:t>1,801</x:t>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>