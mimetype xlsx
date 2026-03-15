--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776a77236a6d406e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25b750f3e5b14dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra86db3819106423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a7ac5703114fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c298f61d26442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra86db3819106423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R630c25bba0db48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a7ac5703114fe8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417853</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>1,753</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,743</x:t>
-[...11 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,787</x:t>
-[...522 lines deleted...]
-          <x:t>1,847</x:t>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>