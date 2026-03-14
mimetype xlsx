--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0503d0c344c54a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2136a3475194398" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d47354419414653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0239d4d50a542fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f9705050634b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d47354419414653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261d4c9ee7f945d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0239d4d50a542fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,921</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...33 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,873</x:t>
-[...21 lines deleted...]
-          <x:t>0,893</x:t>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,861</x:t>
-[...21 lines deleted...]
-          <x:t>0,893</x:t>
+          <x:t>0,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,869</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,859</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>0,833</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>