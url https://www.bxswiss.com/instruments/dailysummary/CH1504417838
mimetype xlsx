--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf86c394ac47147c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26b847a4c23b4509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f2d8e7de9cb4acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb664a66f8d24e9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53139714e0a44750" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f2d8e7de9cb4acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc571ec0df684fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb664a66f8d24e9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,655</x:t>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,623</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,627</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,613</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,623</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,589</x:t>
-        </x:is>
-[...84 lines deleted...]
-          <x:t>0,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>