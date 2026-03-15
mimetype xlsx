--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26b847a4c23b4509" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b7ee1c00f8a4d04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb664a66f8d24e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9eb48ec2eff455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc571ec0df684fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb664a66f8d24e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07373827570e4fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9eb48ec2eff455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,621</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,633</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,583</x:t>
-[...43 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...495 lines deleted...]
-          <x:t>0,589</x:t>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>