--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474469658db3499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra12b8089ffc0400d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra061a9c302664a2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd363a08d4c884af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6bc33cce0d34d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra061a9c302664a2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75714b37083e4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd363a08d4c884af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,597</x:t>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,571</x:t>
-[...21 lines deleted...]
-          <x:t>0,559</x:t>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,561</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,569</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,581</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,561</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,569</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,537</x:t>
-        </x:is>
-[...84 lines deleted...]
-          <x:t>0,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>