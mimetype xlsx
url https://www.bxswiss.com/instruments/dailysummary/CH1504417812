--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra12b8089ffc0400d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb379e73c4d42a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd363a08d4c884af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90dd670c7d454156"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75714b37083e4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd363a08d4c884af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd577151ce4354039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90dd670c7d454156" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,509</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...11 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,529</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>27.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,499</x:t>
-[...495 lines deleted...]
-          <x:t>0,537</x:t>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>