--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0318795a7647a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0717181ab574fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra478ba845118409a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a6505e1f94495d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa79b5dd4b9f4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra478ba845118409a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a64209f44954f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a6505e1f94495d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,677</x:t>
-[...70 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,619</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>1,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>