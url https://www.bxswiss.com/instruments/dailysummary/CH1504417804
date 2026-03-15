--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0717181ab574fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67fb63f7d144e15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a6505e1f94495d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40670507a0b446ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a64209f44954f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a6505e1f94495d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef628065ba84d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40670507a0b446ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,581</x:t>
-[...43 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,567</x:t>
-[...522 lines deleted...]
-          <x:t>1,619</x:t>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>