--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225a5fd3596a4e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1dbb43b614c40df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb13052e0a0684812"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7240d84b45694fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R072e0a285f3e4384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb13052e0a0684812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf387704c30423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7240d84b45694fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,519</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,511</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,519</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,491</x:t>
-        </x:is>
-[...84 lines deleted...]
-          <x:t>0,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>