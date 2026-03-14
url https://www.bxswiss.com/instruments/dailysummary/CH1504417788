--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1dbb43b614c40df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496aeac8014f4205" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7240d84b45694fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d9be11f0774098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf387704c30423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7240d84b45694fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra30b5ed6876a4b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d9be11f0774098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,599</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,529</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,487</x:t>
-[...16 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>0,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,439</x:t>
-[...16 lines deleted...]
-          <x:t>0,443</x:t>
+          <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,427</x:t>
-[...220 lines deleted...]
-          <x:t>0,491</x:t>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>