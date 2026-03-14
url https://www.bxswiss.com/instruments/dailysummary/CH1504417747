--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08cb0a0f82c24678" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09711888dc5b4f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R024743593bec4e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a6295ea5f1c4741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b231a1871564da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R024743593bec4e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R993341fd298e4138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a6295ea5f1c4741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>2,285</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>