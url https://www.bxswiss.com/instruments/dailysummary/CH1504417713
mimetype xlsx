--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8185164e50064ed5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996242379a3b478c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3164252882764cf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4b3235e7fe5471e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406ce2a5fdee401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3164252882764cf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64accb7034c74a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4b3235e7fe5471e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,293</x:t>
-[...21 lines deleted...]
-          <x:t>2,267</x:t>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,333</x:t>
-[...188 lines deleted...]
-          <x:t>2,547</x:t>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>