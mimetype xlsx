--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996242379a3b478c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5624d149164045d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4b3235e7fe5471e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82114436b683428c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64accb7034c74a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4b3235e7fe5471e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf450f5925b424e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82114436b683428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,257</x:t>
-[...296 lines deleted...]
-          <x:t>2,261</x:t>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,031</x:t>
-[...11 lines deleted...]
-          <x:t>1,817</x:t>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,811</x:t>
-[...274 lines deleted...]
-          <x:t>2,087</x:t>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>