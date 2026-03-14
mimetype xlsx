--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3084ff921922416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b41d79931a4c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1447f851c19442db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fac74dbeefb404b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4948ada2264585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1447f851c19442db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999991def9554517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fac74dbeefb404b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>0,511</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...193 lines deleted...]
-          <x:t>0,623</x:t>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>