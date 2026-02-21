--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac1ca748546945e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb040b1ead6473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6772cd2c2d14028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98190cbe7886492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3010d78754eb4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6772cd2c2d14028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R153a35d936a64e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98190cbe7886492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,561</x:t>
-[...21 lines deleted...]
-          <x:t>2,531</x:t>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,323</x:t>
-[...11 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,677</x:t>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,601</x:t>
-[...124 lines deleted...]
-          <x:t>2,737</x:t>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,703</x:t>
-[...26 lines deleted...]
-          <x:t>2,831</x:t>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>