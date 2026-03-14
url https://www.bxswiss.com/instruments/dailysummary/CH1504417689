--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb040b1ead6473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10363501b0d4f23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98190cbe7886492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d11d60b5ebc41de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R153a35d936a64e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98190cbe7886492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7313fe0fb1dd4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d11d60b5ebc41de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,523</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,247</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,501</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>2,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>