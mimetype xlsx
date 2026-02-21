--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0d4fb82b1124237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6392a8f84a644e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3716e0e8cad4203"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4505d5746044b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00db5d5645de4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3716e0e8cad4203" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f2e6bffbfae4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4505d5746044b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>0,571</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>23.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,601</x:t>
-[...198 lines deleted...]
-          <x:t>0,691</x:t>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>