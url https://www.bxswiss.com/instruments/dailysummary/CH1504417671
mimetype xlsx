--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6392a8f84a644e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061a361a7aad4901" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4505d5746044b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a1af24c2f44d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f2e6bffbfae4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4505d5746044b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc483bce13f304495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a1af24c2f44d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,531</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,517</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>