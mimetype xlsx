--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3372ad34e4824f24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9255e7af70f54bce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra166a18e1a824b37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R544a19e4c49d4f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0da199fe78574b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra166a18e1a824b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823eca0991dd4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R544a19e4c49d4f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,617</x:t>
-[...220 lines deleted...]
-          <x:t>0,763</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>