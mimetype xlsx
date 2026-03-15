--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9255e7af70f54bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83bd8cdda9f148bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R544a19e4c49d4f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R115004d83dab47f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R823eca0991dd4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R544a19e4c49d4f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3f2800b1dd406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R115004d83dab47f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,589</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,583</x:t>
-[...475 lines deleted...]
-          <x:t>0,503</x:t>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,479</x:t>
-[...87 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,491</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>0,491</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>