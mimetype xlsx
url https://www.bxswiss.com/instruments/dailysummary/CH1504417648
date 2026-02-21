--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R744979d8037a4fa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re229f48983bc4df4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1791cfa3aacc4f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2791b8ff794f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf07ff8fb7fd04451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1791cfa3aacc4f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8dd02599c0849c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2791b8ff794f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,849</x:t>
-[...53 lines deleted...]
-          <x:t>2,973</x:t>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,891</x:t>
-[...161 lines deleted...]
-          <x:t>3,137</x:t>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>