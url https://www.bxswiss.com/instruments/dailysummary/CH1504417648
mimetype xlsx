--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re229f48983bc4df4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc06feb38aa5143cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2791b8ff794f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda2c1977d0384636"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8dd02599c0849c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2791b8ff794f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra39f22adce5f448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda2c1977d0384636" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,861</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,857</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>2,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,611</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>