--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40cf3dd6a5a14419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb6f9f4885564c61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18e92bc576d4775"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2536563c294561"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9add51f56fe24223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18e92bc576d4775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c0b081a33846dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2536563c294561" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>0,331</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,343</x:t>
-[...188 lines deleted...]
-          <x:t>0,403</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>