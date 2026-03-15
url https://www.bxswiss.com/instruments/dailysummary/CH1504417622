--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb6f9f4885564c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1100a9026a4eba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2536563c294561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2e32e4f34647bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c0b081a33846dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2536563c294561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b769f234964051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2e32e4f34647bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,246</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,279</x:t>
-[...291 lines deleted...]
-          <x:t>0,212</x:t>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,267</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,263</x:t>
-[...97 lines deleted...]
-          <x:t>0,303</x:t>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,240</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,228</x:t>
-[...26 lines deleted...]
-          <x:t>0,220</x:t>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,208</x:t>
-[...107 lines deleted...]
-          <x:t>0,210</x:t>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>