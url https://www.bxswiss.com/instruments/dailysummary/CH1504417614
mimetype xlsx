--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ed484b35c14fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re74944f0bb224229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea797c27c6694603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5baf8a4458a74df6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6a045473daa4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea797c27c6694603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03fe9c64597d48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5baf8a4458a74df6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...225 lines deleted...]
-          <x:t>0,931</x:t>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>