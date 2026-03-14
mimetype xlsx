--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re74944f0bb224229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc8acbdad644f99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5baf8a4458a74df6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03547c652b01468a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03fe9c64597d48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5baf8a4458a74df6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17f561195785414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03547c652b01468a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,731</x:t>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,723</x:t>
-[...303 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,721</x:t>
-[...151 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>0,621</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>