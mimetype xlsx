--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75234705f5bb4ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9703e4d947794964" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c1c5f713ec4f20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87eabbf8c299471a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03039b82c10c4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c1c5f713ec4f20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3da1a0631bb48f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87eabbf8c299471a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,881</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>1,027</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>