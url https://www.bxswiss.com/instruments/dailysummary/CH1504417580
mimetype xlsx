--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9703e4d947794964" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2db717b74be3442c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87eabbf8c299471a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R960eba2bf37e465d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3da1a0631bb48f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87eabbf8c299471a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref6abbb39dfd491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R960eba2bf37e465d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,813</x:t>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,805</x:t>
-[...291 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>0,681</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,641</x:t>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>17.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,683</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>