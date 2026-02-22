--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a1cab6719542ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64f7971a859e46f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra512ca9621364f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d4bf9f786748b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84909dcc9bfd420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra512ca9621364f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re52ad7c1cd324674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d4bf9f786748b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,973</x:t>
-[...225 lines deleted...]
-          <x:t>1,131</x:t>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>