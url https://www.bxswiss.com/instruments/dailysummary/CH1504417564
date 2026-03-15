--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64f7971a859e46f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee7bb4681d442d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d4bf9f786748b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bcad401ec6e408a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re52ad7c1cd324674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d4bf9f786748b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30b61730914c4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bcad401ec6e408a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,903</x:t>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,893</x:t>
-[...291 lines deleted...]
-          <x:t>0,731</x:t>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,893</x:t>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,881</x:t>
-[...119 lines deleted...]
-          <x:t>0,759</x:t>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...139 lines deleted...]
-          <x:t>0,779</x:t>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>