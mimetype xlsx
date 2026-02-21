--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R769f54be65ba4dac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97ad2fea35b74ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b38eaf63c724507"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d33eb351f24d3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf965f4d5ac7544ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b38eaf63c724507" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f3542a569943b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d33eb351f24d3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>3,459</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,203</x:t>
-[...21 lines deleted...]
-          <x:t>3,627</x:t>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,535</x:t>
-[...161 lines deleted...]
-          <x:t>3,811</x:t>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>