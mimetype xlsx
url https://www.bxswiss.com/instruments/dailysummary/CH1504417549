--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97ad2fea35b74ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4efd85de42945b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d33eb351f24d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R657ec047dc1443f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f3542a569943b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d33eb351f24d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82628f8f3a24e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R657ec047dc1443f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,449</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,411</x:t>
-[...470 lines deleted...]
-          <x:t>3,121</x:t>
+          <x:t>3,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,219</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>3,241</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>