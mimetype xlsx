--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173b217cb5eb41a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97eab59af9fb43f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf065f583271b4fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339c628301ff4fa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dfa59d8bd904169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf065f583271b4fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2b60caae3e467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339c628301ff4fa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>0,549</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,533</x:t>
-[...102 lines deleted...]
-          <x:t>0,619</x:t>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,617</x:t>
-[...107 lines deleted...]
-          <x:t>0,671</x:t>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>