--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97eab59af9fb43f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d200387430d4433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339c628301ff4fa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d234c6f6c7472f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2b60caae3e467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339c628301ff4fa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f76bc436374517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d234c6f6c7472f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,499</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,489</x:t>
-[...291 lines deleted...]
-          <x:t>0,377</x:t>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,389</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>