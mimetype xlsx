--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b6ba2c7b1c7492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c6da1ea34a4e55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510628f227594c74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262fbb134c46476a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5daadf068d044ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510628f227594c74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R064a3f4ca7254fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262fbb134c46476a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>1,163</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,187</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,217</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,213</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,367</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>