--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c6da1ea34a4e55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5288af41058f4f48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262fbb134c46476a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R628e95b1e8db4190"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R064a3f4ca7254fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262fbb134c46476a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07beb99bf6e748e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R628e95b1e8db4190" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,109</x:t>
-[...215 lines deleted...]
-          <x:t>1,301</x:t>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,291</x:t>
-[...377 lines deleted...]
-          <x:t>0,973</x:t>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>