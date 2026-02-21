--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8301d9341c9949b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2827a30adc4715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6887be29643841d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfd5ceb7ef9045ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbc5e2fce2954e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6887be29643841d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03fe13a7084e46d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfd5ceb7ef9045ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>3,985</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,889</x:t>
-[...161 lines deleted...]
-          <x:t>4,179</x:t>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>