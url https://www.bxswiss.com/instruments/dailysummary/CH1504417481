--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2827a30adc4715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dd4f0b6d7144ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfd5ceb7ef9045ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e3fe046c2a340c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03fe13a7084e46d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfd5ceb7ef9045ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R993a56c6be1c4793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e3fe046c2a340c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,805</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,775</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>