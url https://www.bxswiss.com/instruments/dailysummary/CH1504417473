--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32826fa1163e4a81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe0b800ccc045b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae5531533be4ef9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b9f5f3ac1048d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R731189e937b84b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae5531533be4ef9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7d3252e0444731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b9f5f3ac1048d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417473</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>1,281</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,253</x:t>
-[...16 lines deleted...]
-          <x:t>1,281</x:t>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,339</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,261</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>1,499</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>