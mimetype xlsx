--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe0b800ccc045b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2501e65b3cc144e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b9f5f3ac1048d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37beb1a9ac3d47c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7d3252e0444731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b9f5f3ac1048d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37a6783ef79d4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37beb1a9ac3d47c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417473</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...161 lines deleted...]
-          <x:t>1,503</x:t>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,259</x:t>
-[...431 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>