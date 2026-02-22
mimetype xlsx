--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d4200f60e24b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9494269804b74736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bcfdb2fda36492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b4d8516d564a86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f35d01c0e004332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bcfdb2fda36492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb33a9ea74ec94f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b4d8516d564a86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...48 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,727</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,833</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,799</x:t>
-[...80 lines deleted...]
-          <x:t>0,857</x:t>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>