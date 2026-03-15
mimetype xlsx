--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9494269804b74736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8e8f5f5b2e490c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b4d8516d564a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R557a382fe4dd49d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb33a9ea74ec94f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b4d8516d564a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8197811342c6486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R557a382fe4dd49d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,649</x:t>
-[...313 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,623</x:t>
-[...151 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>0,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>