--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91711f2a49524aa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5541d38f6eba4d6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba0d08537ee4826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb54c9744fe44a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c3757eefcf4fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba0d08537ee4826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6022a83b5f4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb54c9744fe44a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,353</x:t>
-[...269 lines deleted...]
-          <x:t>1,451</x:t>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,379</x:t>
-[...323 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>