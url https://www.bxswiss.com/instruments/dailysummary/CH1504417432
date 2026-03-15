--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7b1a93679ef47b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff18ac3f9b784bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ff86bc404141b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18d7fd776e54c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c785d431aa14a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ff86bc404141b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0068fc7b172c42d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18d7fd776e54c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>4,287</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,275</x:t>
-[...188 lines deleted...]
-          <x:t>4,567</x:t>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>