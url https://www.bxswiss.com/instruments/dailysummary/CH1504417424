--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd59af0eaea8542e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56db2aac301e448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re90e7c9f075e4642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a85404c8a794d52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c6e51b8f36e4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re90e7c9f075e4642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97040441e321480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a85404c8a794d52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>1,511</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>1,793</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>