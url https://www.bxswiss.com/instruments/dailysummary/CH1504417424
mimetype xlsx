--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56db2aac301e448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4450d9517355497d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a85404c8a794d52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb705d76ba29f49a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97040441e321480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a85404c8a794d52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34e0ef2363914c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb705d76ba29f49a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...21 lines deleted...]
-          <x:t>1,269</x:t>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,471</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>1,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>