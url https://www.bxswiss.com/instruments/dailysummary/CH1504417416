--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca0fe5f64804949" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556cd99f34de429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0180736bc1684872"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0411a8829bdd45df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R883a4253716140b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0180736bc1684872" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e1c791f96e3433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0411a8829bdd45df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,883</x:t>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,955</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,953</x:t>
-[...33 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,989</x:t>
-[...144 lines deleted...]
-          <x:t>1,087</x:t>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>