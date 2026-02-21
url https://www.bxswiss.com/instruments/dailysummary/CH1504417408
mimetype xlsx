--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c9cd2b8bd64269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b7dc7aa86747fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c2d3111b3f43af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35082603965044c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab759bd3b364cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c2d3111b3f43af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R764e2e88ff2241d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35082603965044c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>1,689</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,655</x:t>
-[...11 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,691</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,665</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,757</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,953</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>