--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b7dc7aa86747fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0cb6d853dd44ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35082603965044c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd27b305770da4318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R764e2e88ff2241d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35082603965044c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f6dbbbbfea46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd27b305770da4318" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,643</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,611</x:t>
-[...620 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>