--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree3c90f856224a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95120bfb7e7f4d82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b135aa76ca94151"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3922d6a2e0db4307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8703d71ce1b41fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b135aa76ca94151" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8984b275b54549d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3922d6a2e0db4307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>1,021</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,997</x:t>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,041</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>1,123</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,977</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,217</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>