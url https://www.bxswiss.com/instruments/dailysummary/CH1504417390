--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95120bfb7e7f4d82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b188520d5a1437f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3922d6a2e0db4307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b4d9baa21b84643"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8984b275b54549d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3922d6a2e0db4307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae5f3b3f8abb4294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b4d9baa21b84643" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,849</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>0,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...122 lines deleted...]
-          <x:t>0,831</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>0,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>