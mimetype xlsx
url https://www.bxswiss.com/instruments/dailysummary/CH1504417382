--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94b6f142f8c8498a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0553c1ea355446a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921f524f8b7f4f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f7e5f3a3064117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01663b8b957c4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921f524f8b7f4f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02a1d50db2264347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f7e5f3a3064117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>4,553</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,507</x:t>
-[...38 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,757</x:t>
-[...171 lines deleted...]
-          <x:t>4,973</x:t>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>