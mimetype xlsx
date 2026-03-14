--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0553c1ea355446a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a571c9c5be43e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f7e5f3a3064117"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R991fa4f935f44524"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02a1d50db2264347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f7e5f3a3064117" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb31476b0979c4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R991fa4f935f44524" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>