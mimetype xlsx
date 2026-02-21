--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ec98c5b3804077" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f216a889f7b4b68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e9a2d1e5994daf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6232f98437004e03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0880b890c4747ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e9a2d1e5994daf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ebf38f5da74a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6232f98437004e03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,179</x:t>
-[...225 lines deleted...]
-          <x:t>1,361</x:t>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>