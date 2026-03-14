--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f216a889f7b4b68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re961244c548c41d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6232f98437004e03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd7f869d11c4a8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ebf38f5da74a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6232f98437004e03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52e5a4b04e47418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd7f869d11c4a8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>1,187</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,107</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>1,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,909</x:t>
-[...21 lines deleted...]
-          <x:t>0,831</x:t>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,033</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>0,923</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>