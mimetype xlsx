--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193059bfd54441b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3e2cae5dad4308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922f773d74bf4212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64fbea5ec8934613"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra33ebf1d75394bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922f773d74bf4212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9b25b40b1a1432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64fbea5ec8934613" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,049</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>23.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...58 lines deleted...]
-          <x:t>2,093</x:t>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...127 lines deleted...]
-          <x:t>2,305</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>