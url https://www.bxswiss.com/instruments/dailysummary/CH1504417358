--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3e2cae5dad4308" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373c7b583d094ade" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64fbea5ec8934613"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24033cf8de9847f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9b25b40b1a1432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64fbea5ec8934613" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5a156442054440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24033cf8de9847f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,959</x:t>
-[...296 lines deleted...]
-          <x:t>1,963</x:t>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,727</x:t>
-[...296 lines deleted...]
-          <x:t>1,789</x:t>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>