--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7993c5236a24d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0425ff4d4394d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c79822183142f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra460d6fa6b034cbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80dc11e1b10f4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c79822183142f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587d7c6f725b46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra460d6fa6b034cbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,319</x:t>
-[...112 lines deleted...]
-          <x:t>1,233</x:t>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,463</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,413</x:t>
-[...80 lines deleted...]
-          <x:t>1,517</x:t>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>