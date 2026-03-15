--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0425ff4d4394d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc96397e54934e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra460d6fa6b034cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b6edca246d24079"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587d7c6f725b46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra460d6fa6b034cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R434a27ecd07b4c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b6edca246d24079" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,217</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,201</x:t>
-[...448 lines deleted...]
-          <x:t>1,073</x:t>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,037</x:t>
-[...134 lines deleted...]
-          <x:t>1,051</x:t>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>