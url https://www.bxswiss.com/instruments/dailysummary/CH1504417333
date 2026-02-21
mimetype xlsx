--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb261d292ceb04ff2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14dbc9f91ce44188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc29b2d220364b03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5718044ab9748f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7221716cc94e40d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc29b2d220364b03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9456e126b2e04872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5718044ab9748f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>4,959</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,909</x:t>
-[...11 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,977</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,679</x:t>
-[...11 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,173</x:t>
-[...171 lines deleted...]
-          <x:t>5,397</x:t>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>