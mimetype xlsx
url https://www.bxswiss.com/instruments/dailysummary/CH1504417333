--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14dbc9f91ce44188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936f9b686ae54552" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5718044ab9748f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d555aef106443c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9456e126b2e04872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5718044ab9748f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0033088a9004039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d555aef106443c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504417333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>4,969</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-          <x:t>05.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,945</x:t>
-[...306 lines deleted...]
-          <x:t>4,715</x:t>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>